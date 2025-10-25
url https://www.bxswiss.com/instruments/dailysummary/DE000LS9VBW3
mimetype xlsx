--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7da9464566064725" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8fdf61a7d104fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0616939bd67a410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R568533727f454f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ef04fe6fe941a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0616939bd67a410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7186249fa0fc4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R568533727f454f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Platin MOM Top10 D40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>