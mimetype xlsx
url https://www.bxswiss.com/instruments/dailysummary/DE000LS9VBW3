--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8fdf61a7d104fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1212c6802b344c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R568533727f454f36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R720690474385483a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7186249fa0fc4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R568533727f454f36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12fcad1dca184828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R720690474385483a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Platin MOM Top10 D40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>122,755</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,257</x:t>
-[...571 lines deleted...]
-          <x:t>123,056</x:t>
+          <x:t>124,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>