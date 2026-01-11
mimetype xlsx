--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1212c6802b344c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R858025b6ccc742c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R720690474385483a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f09a1e14fb44532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12fcad1dca184828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R720690474385483a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c47906eef14764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f09a1e14fb44532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Platin MOM Top10 D40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>