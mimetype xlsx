--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R858025b6ccc742c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref5f0eddb45c4162" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f09a1e14fb44532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5040c5cf81774541"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c47906eef14764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f09a1e14fb44532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R863725f62a9b4fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5040c5cf81774541" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Platin MOM Top10 D40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>130,548</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>