--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref5f0eddb45c4162" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1151cfd480f24696" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5040c5cf81774541"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red0c91015a794685"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R863725f62a9b4fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5040c5cf81774541" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfab0d05cd0eb485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red0c91015a794685" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Platin MOM Top10 D40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>128,397</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,221</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>129,690</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>