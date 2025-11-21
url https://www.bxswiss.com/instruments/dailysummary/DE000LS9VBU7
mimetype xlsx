--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22ab7d4898ef445b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a548f5ce924fc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8089c6f3080f4bd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1861fbde27f94b29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racec5c3fcbbf415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8089c6f3080f4bd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e718847be9499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1861fbde27f94b29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonome Logistik Roboter Drohne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,789</x:t>
-[...522 lines deleted...]
-          <x:t>162,462</x:t>
+          <x:t>149,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>