--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a548f5ce924fc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186018c3b9b745d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1861fbde27f94b29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R795fa0c71e8840c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e718847be9499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1861fbde27f94b29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2046367a73654e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R795fa0c71e8840c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonome Logistik Roboter Drohne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,505</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>