--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186018c3b9b745d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb87b26358c847be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R795fa0c71e8840c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4952ec05c55f4024"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2046367a73654e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R795fa0c71e8840c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec5c8c066024c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4952ec05c55f4024" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonome Logistik Roboter Drohne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>141,433</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>