--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb87b26358c847be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb2b271b08274d80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4952ec05c55f4024"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re72041a0ad194ceb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec5c8c066024c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4952ec05c55f4024" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1df7ac6a0ae74df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re72041a0ad194ceb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonome Logistik Roboter Drohne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>