--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re95317571bc84daf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68d4b66c51a740eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c74e17b8124bed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9227e8baa9964366"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd04e59322a6456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c74e17b8124bed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65fa64a322f6495c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9227e8baa9964366" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3 Legs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>105,115</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>