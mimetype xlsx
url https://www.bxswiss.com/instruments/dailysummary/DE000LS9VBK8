--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68d4b66c51a740eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R721292ec6ea54125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9227e8baa9964366"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa9d30ea31d74bb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65fa64a322f6495c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9227e8baa9964366" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcc219b6f2104cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa9d30ea31d74bb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3 Legs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>94,915</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,626</x:t>
-[...355 lines deleted...]
-          <x:t>100,551</x:t>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>