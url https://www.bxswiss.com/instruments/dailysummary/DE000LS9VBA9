--- v0 (2025-11-21)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b0dd16d8ac04568" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd19188d4bb4b46ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f723707d54d4ea1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c57c9884c714419"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dc081e300504629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f723707d54d4ea1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d317120fdd4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c57c9884c714419" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Michael Tuerk Commodity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>176,529</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>