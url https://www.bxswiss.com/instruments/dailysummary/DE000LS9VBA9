--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd19188d4bb4b46ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb12db971bd8473e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c57c9884c714419"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2adbd08472ae439a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d317120fdd4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c57c9884c714419" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae94c9e6160485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2adbd08472ae439a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Michael Tuerk Commodity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>