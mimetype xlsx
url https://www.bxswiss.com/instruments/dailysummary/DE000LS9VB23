--- v0 (2025-10-25)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69b9eba33db04dd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33a1ef24d8d406b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0c0957d9bc4400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3602e374f84347e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R051d65745b844913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0c0957d9bc4400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df587a1dd8d4424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3602e374f84347e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BAQS - High Tech Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VB23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>97,626</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...559 lines deleted...]
-          <x:t>105,392</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>