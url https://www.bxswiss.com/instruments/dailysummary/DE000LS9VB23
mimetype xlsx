--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33a1ef24d8d406b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd863459764ae4577" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3602e374f84347e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree2717f7b5be4db6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df587a1dd8d4424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3602e374f84347e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda6bb6e0f57e47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree2717f7b5be4db6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BAQS - High Tech Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VB23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>101,570</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,983</x:t>
-[...382 lines deleted...]
-          <x:t>99,158</x:t>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>