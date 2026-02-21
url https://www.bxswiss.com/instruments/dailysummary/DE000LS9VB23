--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd863459764ae4577" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f4da5cecdd4bd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree2717f7b5be4db6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf285467d71c24215"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda6bb6e0f57e47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree2717f7b5be4db6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c28d1c8ac54cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf285467d71c24215" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BAQS - High Tech Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VB23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>103,686</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>