--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f4da5cecdd4bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf524cb415ef24e51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf285467d71c24215"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bf19c36012d4f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c28d1c8ac54cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf285467d71c24215" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccac5a18235f4692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bf19c36012d4f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BAQS - High Tech Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VB23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>93,795</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,326</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>