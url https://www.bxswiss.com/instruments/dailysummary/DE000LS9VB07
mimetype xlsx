--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09db132ef77f4c58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89edc77423154784" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra843171d74e44710"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd80c5909294737"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dc4c0765ab84872" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra843171d74e44710" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbbd37104ac1435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd80c5909294737" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI and Robotics Global Equity </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VB07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,553</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>