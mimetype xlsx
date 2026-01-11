--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89edc77423154784" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04b6b5031bfe46a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd80c5909294737"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf329881d8a9d45ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbbd37104ac1435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd80c5909294737" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R516f752ae5f34673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf329881d8a9d45ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI and Robotics Global Equity </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VB07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>