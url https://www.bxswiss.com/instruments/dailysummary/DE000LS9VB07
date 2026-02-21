--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04b6b5031bfe46a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd296fa8677144397" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf329881d8a9d45ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ceb20eae6284f2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R516f752ae5f34673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf329881d8a9d45ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff92f971745d46a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ceb20eae6284f2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI and Robotics Global Equity </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VB07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>185,937</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>