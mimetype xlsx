--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd296fa8677144397" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c7174a699744c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ceb20eae6284f2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f62ca6cbcae4f62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff92f971745d46a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ceb20eae6284f2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7771b99e5a8d4249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f62ca6cbcae4f62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI and Robotics Global Equity </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VB07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>