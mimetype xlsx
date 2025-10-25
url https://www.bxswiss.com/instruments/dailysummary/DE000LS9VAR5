--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf947803c27c44994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0e7b03663240c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14a7f945515f4ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb312d58dc7504821"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6146e3aa72f4288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14a7f945515f4ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82840abd6d5e4e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb312d58dc7504821" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Y US-DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>109,154</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,209</x:t>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>