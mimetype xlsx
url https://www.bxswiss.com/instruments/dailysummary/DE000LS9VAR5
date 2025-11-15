--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0e7b03663240c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51450595323410a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb312d58dc7504821"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52e2f60b34ea4500"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82840abd6d5e4e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb312d58dc7504821" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d0410d6823433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52e2f60b34ea4500" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Y US-DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>