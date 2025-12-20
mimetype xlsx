--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51450595323410a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd3c9ae4d80412e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52e2f60b34ea4500"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf12c6692cb24f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d0410d6823433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52e2f60b34ea4500" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc56c2f4f6544e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf12c6692cb24f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Y US-DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...198 lines deleted...]
-          <x:t>107,849</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,615</x:t>
-[...129 lines deleted...]
-          <x:t>109,934</x:t>
+          <x:t>106,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.10.2025</x:t>
-[...289 lines deleted...]
-          <x:t>107,090</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>