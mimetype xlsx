--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd3c9ae4d80412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70a5493a26047e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf12c6692cb24f87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbec4d78a859c4558"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc56c2f4f6544e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf12c6692cb24f87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c28552d12c843c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbec4d78a859c4558" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Y US-DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>