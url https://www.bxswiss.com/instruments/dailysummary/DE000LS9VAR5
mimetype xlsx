--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70a5493a26047e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf38d36c981784bde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbec4d78a859c4558"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95737a1d4e9544a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c28552d12c843c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbec4d78a859c4558" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R265f86a8f6674abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95737a1d4e9544a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Y US-DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>109,963</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,527</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,700</x:t>
-[...90 lines deleted...]
-          <x:t>116,149</x:t>
+          <x:t>111,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>