--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf38d36c981784bde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c6230c100b4f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95737a1d4e9544a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b4653b0af564f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R265f86a8f6674abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95737a1d4e9544a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0152f81869664c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b4653b0af564f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Y US-DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>109,654</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,527</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>109,788</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>