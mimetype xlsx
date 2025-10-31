--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racb5dd05bb434dd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa62a90429b4fb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd3f8bbe19b64c8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3825bef77b1b4718"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15a414e26ec94747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd3f8bbe19b64c8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f3beccbb0e9414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3825bef77b1b4718" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Titans</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>