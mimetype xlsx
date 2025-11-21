--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa62a90429b4fb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd73580d3cc04db9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3825bef77b1b4718"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43c669c7c74d4532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f3beccbb0e9414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3825bef77b1b4718" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2af5a89ada444f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43c669c7c74d4532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Titans</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,494</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>97,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,485</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>