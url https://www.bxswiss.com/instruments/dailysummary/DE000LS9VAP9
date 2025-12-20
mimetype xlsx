--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd73580d3cc04db9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e36beb98b614980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43c669c7c74d4532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ea1a5a2a334e52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2af5a89ada444f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43c669c7c74d4532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf333acf426c1457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ea1a5a2a334e52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Titans</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>96,604</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,698</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>95,065</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>