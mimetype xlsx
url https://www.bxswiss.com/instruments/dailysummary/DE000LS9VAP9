--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e36beb98b614980" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R050b454efae14a44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ea1a5a2a334e52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b7b61a0e87a4935"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf333acf426c1457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ea1a5a2a334e52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bbf1cc736464220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b7b61a0e87a4935" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Titans</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>94,173</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>