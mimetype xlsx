--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R050b454efae14a44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a576aa4125e49b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b7b61a0e87a4935"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aa1940b53cd48c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bbf1cc736464220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b7b61a0e87a4935" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R372e61aa48ff4b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aa1940b53cd48c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Titans</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>