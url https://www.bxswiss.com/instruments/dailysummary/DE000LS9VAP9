--- v5 (2026-01-12)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a576aa4125e49b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re218594f2dce4c7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aa1940b53cd48c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R618fb4a2adbe4d6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R372e61aa48ff4b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aa1940b53cd48c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae0f6e0927546ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R618fb4a2adbe4d6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Titans</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>98,938</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>