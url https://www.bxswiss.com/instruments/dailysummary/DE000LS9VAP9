--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re218594f2dce4c7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5f1bc6f24a74b43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R618fb4a2adbe4d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4c65f88f00a48e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae0f6e0927546ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R618fb4a2adbe4d6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R672dc95df09443bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4c65f88f00a48e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Titans</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,257</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>