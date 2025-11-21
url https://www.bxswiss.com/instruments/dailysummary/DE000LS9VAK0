--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra34f93e7825b427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R182de52c414b485d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7c6b0ac17c94118"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R403a5f32c0b840f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbc73bffcd17410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7c6b0ac17c94118" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff35af88acb4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R403a5f32c0b840f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Drone Universe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>147,094</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>