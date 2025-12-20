--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R182de52c414b485d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c31cbb3754741d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R403a5f32c0b840f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R629e48ef1d004903"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff35af88acb4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R403a5f32c0b840f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R351459a271fe46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R629e48ef1d004903" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Drone Universe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>