--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c31cbb3754741d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ab069ef22d34c8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R629e48ef1d004903"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R588b9660dadd464e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R351459a271fe46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R629e48ef1d004903" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c92407174448a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R588b9660dadd464e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Drone Universe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>