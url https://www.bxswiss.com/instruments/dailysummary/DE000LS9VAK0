--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ab069ef22d34c8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68bfa630d9684dae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R588b9660dadd464e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3fa5b3fe3144874"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c92407174448a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R588b9660dadd464e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R293fa6a926a84aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3fa5b3fe3144874" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Drone Universe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>133,192</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,369</x:t>
-[...58 lines deleted...]
-          <x:t>141,975</x:t>
+          <x:t>135,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>