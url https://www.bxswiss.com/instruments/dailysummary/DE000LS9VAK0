--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68bfa630d9684dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6967fad17eab4be3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3fa5b3fe3144874"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3b332b80a43452b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R293fa6a926a84aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3fa5b3fe3144874" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697194c8d1344a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3b332b80a43452b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Drone Universe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>