--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ceef3ad3ca0452c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c0e1df340d4ad5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb47121ce3cf2409d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R108d6b5e12d14ba1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17101098fd9042f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb47121ce3cf2409d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8767ebe601447f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R108d6b5e12d14ba1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchain Web3 Global Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>