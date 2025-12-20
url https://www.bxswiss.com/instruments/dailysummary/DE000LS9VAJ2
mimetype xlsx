--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c0e1df340d4ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13fe621c56042dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R108d6b5e12d14ba1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5edcb46e71444586"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8767ebe601447f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R108d6b5e12d14ba1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R561f91e90efa4af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5edcb46e71444586" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchain Web3 Global Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>207,695</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>