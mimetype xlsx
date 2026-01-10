--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13fe621c56042dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda5351cb3193463a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5edcb46e71444586"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5524be422cb648a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R561f91e90efa4af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5edcb46e71444586" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fe87f0694c14b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5524be422cb648a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchain Web3 Global Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>