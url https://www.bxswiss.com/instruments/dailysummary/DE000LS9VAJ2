--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda5351cb3193463a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdfaa8f52ff94a00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5524be422cb648a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3312ea56bb1446fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fe87f0694c14b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5524be422cb648a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05d222e164046af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3312ea56bb1446fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchain Web3 Global Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>185,901</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>