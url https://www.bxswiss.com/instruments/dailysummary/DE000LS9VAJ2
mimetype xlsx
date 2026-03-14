--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdfaa8f52ff94a00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dab7f5e1b8c42e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3312ea56bb1446fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c639895ac674585"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05d222e164046af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3312ea56bb1446fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red8670dafc4d488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c639895ac674585" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchain Web3 Global Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>