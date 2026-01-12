--- v0 (2025-10-04)
+++ v1 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e1365c06f3441e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb65087a201a4684" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2e2fb88012e4ece"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37b6c212160f464e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c04f64787c4b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2e2fb88012e4ece" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reac5826df91f4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37b6c212160f464e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fuchstrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,464</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>