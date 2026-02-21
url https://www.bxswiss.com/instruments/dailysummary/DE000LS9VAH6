--- v1 (2026-01-12)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb65087a201a4684" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625080a29e564721" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37b6c212160f464e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292394192e2844d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reac5826df91f4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37b6c212160f464e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9be85bc7fcd74e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292394192e2844d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fuchstrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>106,622</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>