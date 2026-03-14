--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625080a29e564721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re495b46bb9fe4483" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292394192e2844d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R058821899ad646c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9be85bc7fcd74e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292394192e2844d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0689561b686949cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R058821899ad646c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fuchstrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>