--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7a82905f3747ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R961e9fb8d7d34c5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e28416f5e4a4dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref7248192e4e46b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838ad4b8a0ba459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e28416f5e4a4dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re043bb2f000d4d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref7248192e4e46b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantencomputing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,473</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>