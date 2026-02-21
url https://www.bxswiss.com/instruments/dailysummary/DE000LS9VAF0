--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R961e9fb8d7d34c5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R457246ab788d4151" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref7248192e4e46b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11c22e266d7f43dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re043bb2f000d4d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref7248192e4e46b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde128b2704de4f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11c22e266d7f43dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantencomputing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>151,364</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,774</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>152,880</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>