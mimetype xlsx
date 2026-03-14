--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R457246ab788d4151" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95c55839725d4565" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11c22e266d7f43dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73cb7988e56a4093"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde128b2704de4f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11c22e266d7f43dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4801c5fb9ac847d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73cb7988e56a4093" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantencomputing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VAF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,463 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>146,469</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,218</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,428</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>