--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81eae22b0a6844dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b421e6a99294f78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceeecd138fbe4f72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68d136228bfb470b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re53f7bf761d14fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceeecd138fbe4f72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R787798b405824664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68d136228bfb470b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FutureScope</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VA81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,092</x:t>
-[...90 lines deleted...]
-          <x:t>117,763</x:t>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>