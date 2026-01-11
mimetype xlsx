--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b421e6a99294f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R924210c6ddfe493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68d136228bfb470b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad0fdb3789874561"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R787798b405824664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68d136228bfb470b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redcd7832036e441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad0fdb3789874561" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FutureScope</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VA81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>