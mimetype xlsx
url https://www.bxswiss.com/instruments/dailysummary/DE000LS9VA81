--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R924210c6ddfe493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8765dba67d415d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad0fdb3789874561"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R939d00b229724bff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redcd7832036e441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad0fdb3789874561" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R090850625b2c4f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R939d00b229724bff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FutureScope</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VA81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>120,519</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>