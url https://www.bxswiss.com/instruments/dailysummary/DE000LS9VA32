--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7caab0290d9448b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce796c76f5c144af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re279c0b99e3841f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b811761a484ace"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95810b8c94744076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re279c0b99e3841f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd63f1531421343f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b811761a484ace" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine Top Zukunftsaktien </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VA32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>