--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce796c76f5c144af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b385a6a63194de7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b811761a484ace"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c8442b865ff47d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd63f1531421343f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b811761a484ace" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e53471ad504dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c8442b865ff47d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine Top Zukunftsaktien </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VA32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,161</x:t>
-[...279 lines deleted...]
-          <x:t>115,325</x:t>
+          <x:t>107,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>