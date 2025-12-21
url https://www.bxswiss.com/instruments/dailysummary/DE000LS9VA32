--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b385a6a63194de7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca46712bdb204f9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c8442b865ff47d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra83fda8ec1b2476a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e53471ad504dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c8442b865ff47d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R527b2d69a18e42fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra83fda8ec1b2476a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine Top Zukunftsaktien </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VA32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>