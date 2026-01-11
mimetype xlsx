--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca46712bdb204f9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R647a24ec2e614529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra83fda8ec1b2476a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96d97006ca0743d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R527b2d69a18e42fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra83fda8ec1b2476a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1d39e9553c645f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96d97006ca0743d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine Top Zukunftsaktien </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VA32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>