--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R647a24ec2e614529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf112281a404e47c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96d97006ca0743d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b11ae032f694eee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1d39e9553c645f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96d97006ca0743d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91219fe7b5ef4d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b11ae032f694eee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine Top Zukunftsaktien </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VA32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,882</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>