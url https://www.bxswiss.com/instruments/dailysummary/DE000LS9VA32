--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf112281a404e47c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26fc1c401de04a1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b11ae032f694eee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43e6ec5c12c64381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91219fe7b5ef4d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b11ae032f694eee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re859452dc17b4d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43e6ec5c12c64381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine Top Zukunftsaktien </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VA32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>