--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4fcb2934f2746f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bd2f31956de4b58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ce8aea2ae34156"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82063892ce7d4507"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05fe2611aaa4442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ce8aea2ae34156" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56d51010410b4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82063892ce7d4507" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>104,635</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>