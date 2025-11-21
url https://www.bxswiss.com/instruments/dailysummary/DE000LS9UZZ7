--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bd2f31956de4b58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aad23ed0ce24799" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82063892ce7d4507"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1481d7d42b024960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56d51010410b4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82063892ce7d4507" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4583fa827a734f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1481d7d42b024960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>102,362</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,289</x:t>
-[...200 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>102,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,450</x:t>
-[...117 lines deleted...]
-          <x:t>101,054</x:t>
+          <x:t>102,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>