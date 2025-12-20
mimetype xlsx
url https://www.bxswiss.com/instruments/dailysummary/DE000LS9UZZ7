--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aad23ed0ce24799" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f6fc058fd694a9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1481d7d42b024960"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7751e41254dc4071"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4583fa827a734f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1481d7d42b024960" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1fbc757bcfa48fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7751e41254dc4071" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,450</x:t>
-[...31 lines deleted...]
-          <x:t>102,445</x:t>
+          <x:t>102,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>102,753</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>