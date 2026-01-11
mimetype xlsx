--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f6fc058fd694a9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re54c46813803409d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7751e41254dc4071"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b1125e294c64abe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1fbc757bcfa48fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7751e41254dc4071" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd53666983b0442b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b1125e294c64abe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>104,032</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,253</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>104,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,720</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>