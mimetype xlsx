--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re54c46813803409d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8140c3cc7dde4b00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b1125e294c64abe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffe075cf5eea4009"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd53666983b0442b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b1125e294c64abe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c187fba3a084df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffe075cf5eea4009" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,929</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>