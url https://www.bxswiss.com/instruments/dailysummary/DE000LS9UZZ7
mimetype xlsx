--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8140c3cc7dde4b00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1071bcca3464269" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffe075cf5eea4009"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9b097dd66f94cf7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c187fba3a084df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffe075cf5eea4009" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f00e8dc5f1b45c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9b097dd66f94cf7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>102,134</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,551</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>100,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,567</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>