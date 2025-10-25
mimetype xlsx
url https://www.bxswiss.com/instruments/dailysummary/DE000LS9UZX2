--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc87bedbd1814b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddf25faf6a71447a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc67e93ed4bbb4f10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705aae799b514678"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R088fa0db264a436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc67e93ed4bbb4f10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R158412ce068542c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705aae799b514678" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uranium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,649</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>