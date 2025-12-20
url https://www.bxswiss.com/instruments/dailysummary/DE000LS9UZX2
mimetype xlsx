--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddf25faf6a71447a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25fe764a2aa94bae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705aae799b514678"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf2c01f52f4d4d6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R158412ce068542c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705aae799b514678" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fde8091721b4f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf2c01f52f4d4d6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uranium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>206,605</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>