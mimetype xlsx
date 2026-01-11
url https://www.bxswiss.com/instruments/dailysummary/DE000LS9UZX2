--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25fe764a2aa94bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee8de63425c4419" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf2c01f52f4d4d6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f44b54273694da2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fde8091721b4f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf2c01f52f4d4d6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17cb2424f4174620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f44b54273694da2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uranium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>