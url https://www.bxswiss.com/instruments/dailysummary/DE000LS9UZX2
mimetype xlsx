--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee8de63425c4419" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30486a7256064420" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f44b54273694da2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb97bf913da4308"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17cb2424f4174620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f44b54273694da2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf186145fb0884cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb97bf913da4308" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uranium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>234,793</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>