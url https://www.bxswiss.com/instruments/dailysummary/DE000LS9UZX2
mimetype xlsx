--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30486a7256064420" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e7afc0dc864168" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb97bf913da4308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re746d29045994781"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf186145fb0884cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb97bf913da4308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R730d28e814034194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re746d29045994781" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uranium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,292</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -581,158 +203,131 @@
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>