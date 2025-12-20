--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ba99f954b2403e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d7fc3c6b1c54c5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb83105b8e62c4343"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66033e43c7454b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f8902e6d7f7482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb83105b8e62c4343" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce420831f8784072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66033e43c7454b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odabas Watchlist Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,506 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>107,741</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>