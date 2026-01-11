--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d7fc3c6b1c54c5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e12d8077a6448bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66033e43c7454b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1dea6af307c4921"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce420831f8784072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66033e43c7454b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad6377559e141eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1dea6af307c4921" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odabas Watchlist Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>