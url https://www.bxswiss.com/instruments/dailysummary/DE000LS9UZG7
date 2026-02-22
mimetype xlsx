--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e12d8077a6448bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ecff2bbd5344ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1dea6af307c4921"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R050c4893abfd4849"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad6377559e141eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1dea6af307c4921" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22361565c1ef46a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R050c4893abfd4849" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odabas Watchlist Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>104,921</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>