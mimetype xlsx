--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ecff2bbd5344ea9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e5f0bef6c24815" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R050c4893abfd4849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re15d98b09c4b4ab9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22361565c1ef46a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R050c4893abfd4849" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbd98c62c9ed45f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re15d98b09c4b4ab9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odabas Watchlist Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>95,515</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,512</x:t>
-[...227 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>96,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,837</x:t>
-[...36 lines deleted...]
-          <x:t>95,994</x:t>
+          <x:t>94,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>