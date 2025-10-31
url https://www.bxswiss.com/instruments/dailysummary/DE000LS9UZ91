--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b6d4228afa24030" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67a74fe4ba9d44ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R905a5c28f54148d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91a213c311949d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c5427cfde84793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R905a5c28f54148d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d88ae6029824fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91a213c311949d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Leaders Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>132,348</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,058</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>140,445</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>