--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67a74fe4ba9d44ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R986abb9ca93a4476" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91a213c311949d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R300be8f50e334370"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d88ae6029824fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91a213c311949d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33a5fd7698a24158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R300be8f50e334370" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Leaders Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,798</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>