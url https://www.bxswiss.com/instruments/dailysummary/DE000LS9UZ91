--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R986abb9ca93a4476" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e88c331ea5a4750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R300be8f50e334370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rece8f44f01824002"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33a5fd7698a24158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R300be8f50e334370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra32960d2ef4b4dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rece8f44f01824002" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Leaders Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>130,652</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,077</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>130,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,758</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,526</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>