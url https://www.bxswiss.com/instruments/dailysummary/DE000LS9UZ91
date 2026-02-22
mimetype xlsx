--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e88c331ea5a4750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec7c6a4c0af473d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rece8f44f01824002"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9147872035ea41a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra32960d2ef4b4dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rece8f44f01824002" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cf82bfa21d4479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9147872035ea41a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Leaders Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>135,274</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>