--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec7c6a4c0af473d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f17c90c0f2f4adc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9147872035ea41a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85239421934d43e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cf82bfa21d4479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9147872035ea41a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65eecf5fb8e84e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85239421934d43e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Leaders Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>132,475</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,980</x:t>
-[...362 lines deleted...]
-          <x:t>128,671</x:t>
+          <x:t>129,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,996</x:t>
-[...166 lines deleted...]
-          <x:t>130,862</x:t>
+          <x:t>129,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>