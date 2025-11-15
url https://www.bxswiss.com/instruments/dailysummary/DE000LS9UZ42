--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe9c1ab435fa41ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b71d68f68b846d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra62debcfc4bd4839"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7732c6eedba94071"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486558e438384f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra62debcfc4bd4839" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R954c26ab616049c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7732c6eedba94071" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hangover Pennystocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,904</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>