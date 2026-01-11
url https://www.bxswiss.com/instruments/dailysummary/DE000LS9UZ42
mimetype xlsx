--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b71d68f68b846d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae08593ddade4e7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7732c6eedba94071"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb4c72957ec494f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R954c26ab616049c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7732c6eedba94071" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c471c4a2bdd416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb4c72957ec494f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hangover Pennystocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>94,405</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>