--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae08593ddade4e7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc18f53964a104da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb4c72957ec494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf47feed80e9d4dc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c471c4a2bdd416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb4c72957ec494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf153385d10194310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf47feed80e9d4dc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hangover Pennystocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,979</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>