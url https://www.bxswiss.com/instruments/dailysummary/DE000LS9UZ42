--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc18f53964a104da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7806980a365347aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf47feed80e9d4dc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6ae0c29e3d4636"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf153385d10194310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf47feed80e9d4dc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9710a3481c4627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6ae0c29e3d4636" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hangover Pennystocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>