--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7806980a365347aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R581d5dbc11404c8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6ae0c29e3d4636"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91b26af643ad481b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9710a3481c4627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6ae0c29e3d4636" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6388baa12264374" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91b26af643ad481b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hangover Pennystocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UZ42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>