--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcdd988a61ca4a82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5ae5c2c07e94961" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f8c696413d4428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c5c803d69714c31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23c11094c1d34abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f8c696413d4428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1ad570ffd84f53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c5c803d69714c31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Sector Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>