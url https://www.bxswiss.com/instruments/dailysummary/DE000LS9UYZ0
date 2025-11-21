--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5ae5c2c07e94961" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra30a624436f7430f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c5c803d69714c31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b39d12d3544c63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1ad570ffd84f53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c5c803d69714c31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7f262dfdca94d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b39d12d3544c63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Sector Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>119,625</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,146</x:t>
-[...512 lines deleted...]
-          <x:t>125,952</x:t>
+          <x:t>119,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>