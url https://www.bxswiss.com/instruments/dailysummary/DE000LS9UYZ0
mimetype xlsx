--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra30a624436f7430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec35bc2c24eb451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b39d12d3544c63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad8b4e17bb034ff2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7f262dfdca94d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b39d12d3544c63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ba6d3f312b4a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad8b4e17bb034ff2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Sector Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>118,881</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,474</x:t>
-[...571 lines deleted...]
-          <x:t>119,770</x:t>
+          <x:t>120,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>