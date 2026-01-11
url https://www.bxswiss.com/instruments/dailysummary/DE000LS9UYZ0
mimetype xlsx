--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec35bc2c24eb451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c006d039e5647e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad8b4e17bb034ff2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9fd2dd2b66a4462"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ba6d3f312b4a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad8b4e17bb034ff2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5e0966b0be343c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9fd2dd2b66a4462" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Sector Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>