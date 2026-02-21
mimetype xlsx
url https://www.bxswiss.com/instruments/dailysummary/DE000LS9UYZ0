--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c006d039e5647e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4052312eb9a343dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9fd2dd2b66a4462"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceed11a9fa6b4600"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5e0966b0be343c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9fd2dd2b66a4462" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4dc97cec73464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceed11a9fa6b4600" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Sector Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,177</x:t>
-[...252 lines deleted...]
-          <x:t>119,403</x:t>
+          <x:t>115,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>