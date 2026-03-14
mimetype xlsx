--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4052312eb9a343dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9d34488d649446e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceed11a9fa6b4600"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5799e592358f456b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4dc97cec73464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceed11a9fa6b4600" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb850d28aa9446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5799e592358f456b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Sector Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>