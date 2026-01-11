--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8877f2b01fb54f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b429dc26e3e4438" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf965a2938ede4f2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5bc376c85143cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re697c0eac9334a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf965a2938ede4f2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0c2813aa6034889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5bc376c85143cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Qualilty Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>106,054</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>