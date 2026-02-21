--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b429dc26e3e4438" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6bb10f5f1884971" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5bc376c85143cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc2c162f6c3c4400"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0c2813aa6034889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5bc376c85143cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d2d89d2c13f454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc2c162f6c3c4400" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Qualilty Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>107,073</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,836</x:t>
-[...16 lines deleted...]
-          <x:t>106,094</x:t>
+          <x:t>105,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,907</x:t>
-[...328 lines deleted...]
-          <x:t>109,298</x:t>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>