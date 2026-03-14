--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6bb10f5f1884971" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1820b3eaa43a4267" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc2c162f6c3c4400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e88f4ade361484a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d2d89d2c13f454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc2c162f6c3c4400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9290701504984709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e88f4ade361484a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Qualilty Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>105,328</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,705</x:t>
-[...114 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,220</x:t>
-[...198 lines deleted...]
-          <x:t>103,139</x:t>
+          <x:t>103,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>