--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea770c073ec048bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab6b703029fa49b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f28c5e3f30b4902"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R489b913e4f3740ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4278133258f5478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f28c5e3f30b4902" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f4586d3d0ae4987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R489b913e4f3740ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss 20 Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,869</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>