--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab6b703029fa49b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d598fef0a5404e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R489b913e4f3740ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R235d5e4073834e7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f4586d3d0ae4987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R489b913e4f3740ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R998c11e6318c4c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R235d5e4073834e7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss 20 Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>104,494</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>