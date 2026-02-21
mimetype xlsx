--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d598fef0a5404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85470d381f3643b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R235d5e4073834e7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48148f6943c044fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R998c11e6318c4c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R235d5e4073834e7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68f86f03cc3d4bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48148f6943c044fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss 20 Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>105,036</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>