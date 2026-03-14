--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85470d381f3643b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R437ba97a68c6486f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48148f6943c044fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd19e75ef6314ceb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68f86f03cc3d4bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48148f6943c044fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R922c2238c7f1421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd19e75ef6314ceb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss 20 Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,782</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>