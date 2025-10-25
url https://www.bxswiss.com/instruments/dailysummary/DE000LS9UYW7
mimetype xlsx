--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R039076bfbff4474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a2071af68fa4600" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0ae702996ee4f10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed97d8796fb4674"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ae2493cb39446cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0ae702996ee4f10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f6ceb2ca99b4c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed97d8796fb4674" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>147,261</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>148,284</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>