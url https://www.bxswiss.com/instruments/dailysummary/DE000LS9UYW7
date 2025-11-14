--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a2071af68fa4600" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c8f39924969421b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed97d8796fb4674"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5357ddf8e484171"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f6ceb2ca99b4c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed97d8796fb4674" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f59e327cd24a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5357ddf8e484171" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,381 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...329 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>