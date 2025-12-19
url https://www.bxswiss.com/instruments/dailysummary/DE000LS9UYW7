--- v2 (2025-11-14)
+++ v3 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c8f39924969421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R177f9193402f44d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5357ddf8e484171"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bc053ea09c64ab7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f59e327cd24a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5357ddf8e484171" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe1031506feb44bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bc053ea09c64ab7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>142,283</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>