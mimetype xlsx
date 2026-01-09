--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R177f9193402f44d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ba2c94ce86049b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bc053ea09c64ab7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb894c386f9ad46f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe1031506feb44bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bc053ea09c64ab7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e45be54a77e457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb894c386f9ad46f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,655</x:t>
@@ -791,31 +366,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>