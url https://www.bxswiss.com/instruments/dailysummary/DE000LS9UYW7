--- v4 (2026-01-09)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ba2c94ce86049b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23047c9cae824bbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb894c386f9ad46f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7da15f6782d1455c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e45be54a77e457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb894c386f9ad46f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reefc735d96b34e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7da15f6782d1455c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,421 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...156 lines deleted...]
-          <x:t>150,011</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,778</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,217</x:t>
@@ -609,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>