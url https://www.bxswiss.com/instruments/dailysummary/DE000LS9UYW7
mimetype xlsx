--- v5 (2026-02-05)
+++ v6 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23047c9cae824bbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231d0b7fe76f4efa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7da15f6782d1455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd1c0eafde1846e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reefc735d96b34e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7da15f6782d1455c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08223b2fce5647a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd1c0eafde1846e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,966</x:t>
@@ -764,31 +339,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>