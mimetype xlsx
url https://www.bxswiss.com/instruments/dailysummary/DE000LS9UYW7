--- v6 (2026-02-25)
+++ v7 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231d0b7fe76f4efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ab68a393a344c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd1c0eafde1846e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380959fe61444fc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08223b2fce5647a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd1c0eafde1846e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra01dd329bbc44391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380959fe61444fc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -717,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>