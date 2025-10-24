--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f02653b8f140bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5639516120e4e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf411572871b64d79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87273d5060cb4ecf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70ff20974ba240e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf411572871b64d79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R500c0b9bbf3c4fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87273d5060cb4ecf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future - Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>