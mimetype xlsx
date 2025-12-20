--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5639516120e4e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redd21fca9e6146f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87273d5060cb4ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fe746af9dff49ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R500c0b9bbf3c4fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87273d5060cb4ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R804f9a1bdb404ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fe746af9dff49ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future - Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>119,032</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>