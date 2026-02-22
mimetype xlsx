--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redd21fca9e6146f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f2c4074ded4ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fe746af9dff49ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37214a8ce8c04c14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R804f9a1bdb404ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fe746af9dff49ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ea02e08322149f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37214a8ce8c04c14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future - Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>111,366</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>