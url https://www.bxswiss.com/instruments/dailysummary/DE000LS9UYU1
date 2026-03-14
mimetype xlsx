--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f2c4074ded4ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9ad7ad43f9a4ef3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37214a8ce8c04c14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R692ae1aecc1d4b96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ea02e08322149f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37214a8ce8c04c14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41033ea38cd749c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R692ae1aecc1d4b96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future - Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>