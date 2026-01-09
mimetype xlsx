--- v0 (2025-10-03)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49947c6eb0a94a4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52efc87a76284e90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0190c4995ed4889"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R962e92279a204c4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R583d3a4c06c74b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0190c4995ed4889" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562dba58f9ee4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R962e92279a204c4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>135,826</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>