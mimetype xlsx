--- v1 (2026-01-09)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52efc87a76284e90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a92cd4417ff4d02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R962e92279a204c4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3572b15a65654194"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562dba58f9ee4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R962e92279a204c4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ee7d99e76e74ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3572b15a65654194" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>144,069</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>