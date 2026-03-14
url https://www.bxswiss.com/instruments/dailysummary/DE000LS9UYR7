--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a92cd4417ff4d02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5593d9a9ee2f48cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3572b15a65654194"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb06e701b49564b46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ee7d99e76e74ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3572b15a65654194" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f9eab6e71c44552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb06e701b49564b46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>