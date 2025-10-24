--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61f702c57d34d63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2094c716cb641b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6cf353219b44c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc23a17253c6a4cb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f559b6c7324132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6cf353219b44c68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R086dc1a744624af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc23a17253c6a4cb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FocusedYieldInvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>