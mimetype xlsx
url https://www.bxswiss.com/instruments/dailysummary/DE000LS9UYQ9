--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2094c716cb641b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R572445c3bbcb440d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc23a17253c6a4cb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e0a2620a7e4408"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R086dc1a744624af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc23a17253c6a4cb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R505d3786e3fc4c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e0a2620a7e4408" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FocusedYieldInvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>166,868</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,386</x:t>
-[...625 lines deleted...]
-          <x:t>163,545</x:t>
+          <x:t>165,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>