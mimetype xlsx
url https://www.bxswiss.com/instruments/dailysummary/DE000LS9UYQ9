--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R572445c3bbcb440d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ab6e70494964ba3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e0a2620a7e4408"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324d70a270194c7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R505d3786e3fc4c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e0a2620a7e4408" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204fc821887a4bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324d70a270194c7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FocusedYieldInvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>