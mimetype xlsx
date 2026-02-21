--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ab6e70494964ba3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02bbcb50d67b45c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324d70a270194c7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91a3ddd2cbdc47af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204fc821887a4bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324d70a270194c7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fae637229a4472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91a3ddd2cbdc47af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FocusedYieldInvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>174,445</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>