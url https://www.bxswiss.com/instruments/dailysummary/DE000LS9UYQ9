--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02bbcb50d67b45c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9632876bb640484d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91a3ddd2cbdc47af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb22688c4734a4317"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fae637229a4472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91a3ddd2cbdc47af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9e8370af4a444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb22688c4734a4317" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FocusedYieldInvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>176,410</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,690</x:t>
-[...60 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>173,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,599</x:t>
-[...448 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>176,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,759</x:t>
-[...9 lines deleted...]
-          <x:t>174,224</x:t>
+          <x:t>175,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>