--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a6fa791c68439e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R545cffa415894970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a0f312a7a34edb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1825e78a32a44c60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd70216f3e2144446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a0f312a7a34edb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9dc506ee5b84b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1825e78a32a44c60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Smart Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,221</x:t>
-[...225 lines deleted...]
-          <x:t>152,706</x:t>
+          <x:t>149,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>