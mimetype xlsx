--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R545cffa415894970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7769bdc2bb54c3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1825e78a32a44c60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3155830e9d8545ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9dc506ee5b84b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1825e78a32a44c60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d37c0c0e1544fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3155830e9d8545ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Smart Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>156,484</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>