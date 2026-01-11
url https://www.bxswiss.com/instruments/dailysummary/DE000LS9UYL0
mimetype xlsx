--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7769bdc2bb54c3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e6f601d743443dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3155830e9d8545ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1aa0d2c5e8d41be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d37c0c0e1544fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3155830e9d8545ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra523642afe5e48c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1aa0d2c5e8d41be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Smart Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,105</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>148,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,413</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>