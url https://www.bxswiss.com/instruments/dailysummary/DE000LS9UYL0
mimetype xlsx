--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e6f601d743443dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810d4cdc64c5466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1aa0d2c5e8d41be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb47dab95bc8a4d36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra523642afe5e48c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1aa0d2c5e8d41be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5743c003e7fa4b34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb47dab95bc8a4d36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Smart Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,975</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>