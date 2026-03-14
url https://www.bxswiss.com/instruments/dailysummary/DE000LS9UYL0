--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810d4cdc64c5466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91a4f6e82d1d4181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb47dab95bc8a4d36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R995da18ac9be4063"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5743c003e7fa4b34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb47dab95bc8a4d36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b3584b950e04c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R995da18ac9be4063" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Smart Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,334</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>