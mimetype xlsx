--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf98be07d15e74b74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red760ade6cdc4be0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R449ec4051d054355"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ac5ab2f7b064c7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ed5d81c89b346a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R449ec4051d054355" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf50c6b153924177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ac5ab2f7b064c7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Dividenden Strategie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>