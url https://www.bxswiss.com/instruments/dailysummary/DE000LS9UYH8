--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red760ade6cdc4be0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff0b31e8b5844236" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ac5ab2f7b064c7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b460ed594e34af2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf50c6b153924177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ac5ab2f7b064c7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ef35161a9a1418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b460ed594e34af2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Dividenden Strategie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>110,046</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,277</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>111,201</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>