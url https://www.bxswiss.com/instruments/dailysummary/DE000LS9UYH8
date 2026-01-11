--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff0b31e8b5844236" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read39988c00e494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b460ed594e34af2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb58437a8c7a4bc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ef35161a9a1418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b460ed594e34af2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce70f04278244f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb58437a8c7a4bc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Dividenden Strategie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>110,447</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>