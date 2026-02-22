--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read39988c00e494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R746a8e1531194f05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb58437a8c7a4bc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d62a50bf3a4b83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce70f04278244f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb58437a8c7a4bc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cdb6b29bc614eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d62a50bf3a4b83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Dividenden Strategie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>114,970</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,515</x:t>
-[...382 lines deleted...]
-          <x:t>117,939</x:t>
+          <x:t>115,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>