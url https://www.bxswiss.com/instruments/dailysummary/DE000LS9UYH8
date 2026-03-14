--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R746a8e1531194f05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba9a61c6c03442ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d62a50bf3a4b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f3c42212764184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cdb6b29bc614eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d62a50bf3a4b83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78643e1f0b2f4192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f3c42212764184" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Dividenden Strategie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>09.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,376</x:t>
-[...252 lines deleted...]
-          <x:t>117,811</x:t>
+          <x:t>115,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>