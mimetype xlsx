--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0f668f645d94244" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5543c6df374b86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aa751deb87f4461"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R528640702a0b49aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b2b623bc7ae4761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aa751deb87f4461" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd925f05350a74b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R528640702a0b49aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine besten Trendfolge-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>