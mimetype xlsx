--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5543c6df374b86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3b9a600b0041da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R528640702a0b49aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ca81a4b33984273"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd925f05350a74b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R528640702a0b49aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa75dc3faf7d4d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ca81a4b33984273" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine besten Trendfolge-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>99,532</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,788</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>101,954</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>