--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3b9a600b0041da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6bc41785209471f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ca81a4b33984273"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc36fedb8ffd54936"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa75dc3faf7d4d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ca81a4b33984273" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03fe68c7c0dd420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc36fedb8ffd54936" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine besten Trendfolge-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,557</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>