--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6bc41785209471f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7096c6254c54ac0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc36fedb8ffd54936"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47d6405071a54c74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03fe68c7c0dd420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc36fedb8ffd54936" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d3b180edc3d4133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47d6405071a54c74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine besten Trendfolge-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,388</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>98,683</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>