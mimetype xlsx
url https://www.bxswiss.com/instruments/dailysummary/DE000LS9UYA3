--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33edb704a2b04b18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fdc07ecfb3c46f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6142b955b4a54294"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc024b4c96bd54d77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3fec72c1d6d4b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6142b955b4a54294" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54fd2b6baf1a41bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc024b4c96bd54d77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sector chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>