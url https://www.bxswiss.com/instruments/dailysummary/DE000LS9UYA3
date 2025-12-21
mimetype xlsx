--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fdc07ecfb3c46f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd331009a29d4de7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc024b4c96bd54d77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f5761dc04854c69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54fd2b6baf1a41bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc024b4c96bd54d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d3020aa9f3b4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f5761dc04854c69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sector chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>199,018</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,409</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,577</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>192,940</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>