--- v2 (2025-12-21)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd331009a29d4de7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b4146c39bf34aad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f5761dc04854c69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6feb2f9725b4daa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d3020aa9f3b4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f5761dc04854c69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16fd5c21caf4e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6feb2f9725b4daa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sector chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>