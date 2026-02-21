--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b4146c39bf34aad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0e2e03c4d964ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6feb2f9725b4daa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc70a7afe55cb4833"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16fd5c21caf4e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6feb2f9725b4daa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83fb162093f64cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc70a7afe55cb4833" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sector chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>221,755</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>