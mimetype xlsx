--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0e2e03c4d964ea0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df94665695544a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc70a7afe55cb4833"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc5c01d8ef54338"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83fb162093f64cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc70a7afe55cb4833" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47c574a61a814661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc5c01d8ef54338" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sector chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UYA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>