--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5c891f25f74084" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0017537a2f44106" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d11de651a0a4e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb669b90881c34e7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04a073c92d4c4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d11de651a0a4e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24003a4c9d2a4916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb669b90881c34e7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech 20 Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UY01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>78,936</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,862</x:t>
-[...4 lines deleted...]
-          <x:t>79,855</x:t>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>