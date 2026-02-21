--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0017537a2f44106" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1bd397f64294071" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb669b90881c34e7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91f82eb57fef4e28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24003a4c9d2a4916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb669b90881c34e7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab08ba9420d446dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91f82eb57fef4e28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech 20 Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UY01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>82,051</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>