--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29000c9b5d8b4bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eadb63db13644eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd43c602fc54c4037"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re993a90d0c6d4a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9573a83938440c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd43c602fc54c4037" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R165e5a042b064e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re993a90d0c6d4a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Life Luxury </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,324</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>