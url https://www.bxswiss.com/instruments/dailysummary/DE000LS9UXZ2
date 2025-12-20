--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eadb63db13644eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4c0763666504d69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re993a90d0c6d4a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca3db792cfa74034"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R165e5a042b064e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re993a90d0c6d4a6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3875663743a8458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca3db792cfa74034" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Life Luxury </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>76,479</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,501</x:t>
-[...274 lines deleted...]
-          <x:t>79,558</x:t>
+          <x:t>77,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>