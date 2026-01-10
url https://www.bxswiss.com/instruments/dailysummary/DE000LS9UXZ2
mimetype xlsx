--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4c0763666504d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc65a8bafba2046a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca3db792cfa74034"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812d25dee698475b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3875663743a8458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca3db792cfa74034" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeea118993d84e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812d25dee698475b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Life Luxury </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,569</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>