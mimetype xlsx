--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc65a8bafba2046a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f3263acfea44319" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812d25dee698475b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ce1666d29d4354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeea118993d84e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812d25dee698475b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc4155ed86ab4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ce1666d29d4354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Life Luxury </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>80,629</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>