--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f3263acfea44319" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2abf6af413784fae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ce1666d29d4354"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5554fbb290a4377"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc4155ed86ab4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ce1666d29d4354" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8aec53b43c640dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5554fbb290a4377" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Life Luxury </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>