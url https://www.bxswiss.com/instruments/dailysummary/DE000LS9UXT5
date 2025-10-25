--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re58d3ad6a5f343d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb97d2ace9bbb448a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07573c757eed4e51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf02cedd236964496"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fbe99a268704eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07573c757eed4e51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R499cd7d97d684678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf02cedd236964496" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verteidigung mit KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,772</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>