--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb97d2ace9bbb448a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0f24b5f301444d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf02cedd236964496"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d0484e0a0f148be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R499cd7d97d684678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf02cedd236964496" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d318ef5db7e438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d0484e0a0f148be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verteidigung mit KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>358,128</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>