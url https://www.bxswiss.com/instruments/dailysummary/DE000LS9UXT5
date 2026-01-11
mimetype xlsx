--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0f24b5f301444d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R161d8b09ab4a49f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d0484e0a0f148be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe3d5bf5dc7f4945"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d318ef5db7e438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d0484e0a0f148be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R465b261468cf43a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe3d5bf5dc7f4945" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verteidigung mit KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>