--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R161d8b09ab4a49f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf478faf57cd4469c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe3d5bf5dc7f4945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e2c7823309e4841"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R465b261468cf43a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe3d5bf5dc7f4945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bbf22ce25ab44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e2c7823309e4841" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verteidigung mit KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>372,518</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>