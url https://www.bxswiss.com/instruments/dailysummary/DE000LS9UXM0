--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd536507e1593449f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a555c726b874fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f879ac60a94470d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03d7f557e9d4c3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40e74e78105341fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f879ac60a94470d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83eef4eee12b4930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03d7f557e9d4c3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Limitless Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,467</x:t>
@@ -791,31 +393,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>