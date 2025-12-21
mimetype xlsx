--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a555c726b874fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81f1edc530944d74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03d7f557e9d4c3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R022cbce107c742f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83eef4eee12b4930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03d7f557e9d4c3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5da013e46d4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R022cbce107c742f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Limitless Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,653 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...572 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>