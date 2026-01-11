--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81f1edc530944d74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6155ac0ee56451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R022cbce107c742f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R310d0434c3c44439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5da013e46d4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R022cbce107c742f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69dc3ace1661448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R310d0434c3c44439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Limitless Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>