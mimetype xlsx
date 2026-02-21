--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6155ac0ee56451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd4c60a7b6274148" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R310d0434c3c44439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20f8cd945fb3489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69dc3ace1661448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R310d0434c3c44439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9dc0cee56a245a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20f8cd945fb3489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Limitless Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>143,369</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>