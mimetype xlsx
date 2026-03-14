--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd4c60a7b6274148" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaaaac6db9ad41d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20f8cd945fb3489b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R429bca5211e64f1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9dc0cee56a245a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20f8cd945fb3489b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R674bb9e0bb714934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R429bca5211e64f1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Limitless Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>