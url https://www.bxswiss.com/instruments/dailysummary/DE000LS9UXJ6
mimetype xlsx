--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e5c4330bf9b4e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96f8d94cb699461c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07864b0a4a10407c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0678a9842b184d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82a14b00f15d4f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07864b0a4a10407c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R522062f0305e49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0678a9842b184d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fuer das gute Gewissen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>83,904</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>