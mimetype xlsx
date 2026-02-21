--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96f8d94cb699461c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67fd9b7087af4d33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0678a9842b184d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37e154ea3d634c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R522062f0305e49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0678a9842b184d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7a0afa1fde34de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37e154ea3d634c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fuer das gute Gewissen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,804</x:t>
-[...58 lines deleted...]
-          <x:t>87,185</x:t>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>87,814</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>