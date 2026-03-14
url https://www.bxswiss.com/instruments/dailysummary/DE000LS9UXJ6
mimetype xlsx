--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67fd9b7087af4d33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1e27936f30f49fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37e154ea3d634c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radd0cb957a454602"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7a0afa1fde34de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37e154ea3d634c68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae9ceec367ac47e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radd0cb957a454602" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fuer das gute Gewissen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>86,306</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,015</x:t>
-[...404 lines deleted...]
-          <x:t>86,630</x:t>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>