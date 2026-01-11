--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R471e74629b274523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e77acb3a36465b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf25c42b750cb40ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra394b4fe3c254850"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5341b86ec034032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf25c42b750cb40ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8597f8e2042649b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra394b4fe3c254850" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU-US Unterbewertet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,215</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>