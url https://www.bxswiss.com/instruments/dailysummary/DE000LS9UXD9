--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e77acb3a36465b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68d4744b11f4161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra394b4fe3c254850"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R602cbd540a01479a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8597f8e2042649b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra394b4fe3c254850" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca2e534e24e4754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R602cbd540a01479a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU-US Unterbewertet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,000</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>