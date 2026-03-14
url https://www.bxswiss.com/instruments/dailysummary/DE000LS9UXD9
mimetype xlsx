--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68d4744b11f4161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcee7b820d490475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R602cbd540a01479a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeab1cc5016f4a35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca2e534e24e4754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R602cbd540a01479a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77373b9d431c4e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeab1cc5016f4a35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU-US Unterbewertet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>