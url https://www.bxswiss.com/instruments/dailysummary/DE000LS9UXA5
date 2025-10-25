--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffd86c1f0ef842fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ad4453081042d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20ff4d1c9ca41b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58feb7452a5940d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0706fdbe2cac49c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20ff4d1c9ca41b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1592ad8d7f7438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58feb7452a5940d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Endurance Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,595</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>106,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,654</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>