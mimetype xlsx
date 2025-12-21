--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ad4453081042d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08861e81bb8473b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58feb7452a5940d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8983738220bb4b6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1592ad8d7f7438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58feb7452a5940d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c78245504c3479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8983738220bb4b6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Endurance Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>108,549</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>