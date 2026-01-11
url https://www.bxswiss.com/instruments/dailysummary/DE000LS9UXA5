--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08861e81bb8473b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aa5b35c407a4766" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8983738220bb4b6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re00f25ec14f44648"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c78245504c3479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8983738220bb4b6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b8f45f4cb7f4831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re00f25ec14f44648" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Endurance Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,805</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>