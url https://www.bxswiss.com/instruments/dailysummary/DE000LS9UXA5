--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aa5b35c407a4766" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c8eaa1a2d36457d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re00f25ec14f44648"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf05832f59ce14811"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b8f45f4cb7f4831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re00f25ec14f44648" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reafe56c97c3543e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf05832f59ce14811" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Endurance Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>107,761</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>