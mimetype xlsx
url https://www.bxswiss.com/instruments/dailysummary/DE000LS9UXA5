--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c8eaa1a2d36457d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99eca0a80b484b92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf05832f59ce14811"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1632fa7b5bae45e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reafe56c97c3543e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf05832f59ce14811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77509b57bac54e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1632fa7b5bae45e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Endurance Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>