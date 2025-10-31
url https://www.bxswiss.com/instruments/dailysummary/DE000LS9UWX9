--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd90f4d867f440b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R987f77d91df64138" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec53d5d9ade4e4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37b2dc7e993f4703"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc856234a4e461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec53d5d9ade4e4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02c548a4e261420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37b2dc7e993f4703" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Projekt Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>95,814</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,610</x:t>
-[...242 lines deleted...]
-          <x:t>95,122</x:t>
+          <x:t>96,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>