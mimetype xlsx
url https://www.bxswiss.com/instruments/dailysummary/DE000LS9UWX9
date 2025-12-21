--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R987f77d91df64138" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d5882fa67b4cc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37b2dc7e993f4703"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c9a35e6d1794da7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02c548a4e261420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37b2dc7e993f4703" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb1bffbb8404af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c9a35e6d1794da7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Projekt Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>95,991</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,508</x:t>
-[...38 lines deleted...]
-          <x:t>92,621</x:t>
+          <x:t>96,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,409</x:t>
-[...247 lines deleted...]
-          <x:t>98,660</x:t>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>