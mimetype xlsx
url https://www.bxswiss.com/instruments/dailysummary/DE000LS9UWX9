--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d5882fa67b4cc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4081c438d0de4c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c9a35e6d1794da7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a6836e0f6c74484"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb1bffbb8404af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c9a35e6d1794da7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a41cd3c92964aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a6836e0f6c74484" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Projekt Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>