--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4081c438d0de4c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247cac22637c4610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a6836e0f6c74484"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d58eec2a084fe7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a41cd3c92964aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a6836e0f6c74484" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34c8cdc0b0bf4234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d58eec2a084fe7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Projekt Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,619</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>