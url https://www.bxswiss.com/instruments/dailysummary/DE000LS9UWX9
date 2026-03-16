--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247cac22637c4610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa5f35314c1c4bf7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d58eec2a084fe7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8d70622419540f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34c8cdc0b0bf4234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d58eec2a084fe7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf5bc4c847cd4509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8d70622419540f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Projekt Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>