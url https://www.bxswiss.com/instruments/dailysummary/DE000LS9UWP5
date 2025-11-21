--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff2a904f8a249b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b93752c459c4b26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9195de111e3143b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47b38911c268448d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f4e6e4385d44e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9195de111e3143b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R789b7496fb9044f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47b38911c268448d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abraxas Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>