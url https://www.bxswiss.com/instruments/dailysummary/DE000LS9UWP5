--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b93752c459c4b26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e010be9400462a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47b38911c268448d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d70edba26ac4fab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R789b7496fb9044f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47b38911c268448d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R289bff772b0f4ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d70edba26ac4fab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abraxas Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...527 lines deleted...]
-          <x:t>111,899</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>109,051</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>