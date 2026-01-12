--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e010be9400462a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275035448cc54571" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d70edba26ac4fab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61f32511fc364f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R289bff772b0f4ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d70edba26ac4fab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0075820e254d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61f32511fc364f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abraxas Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>