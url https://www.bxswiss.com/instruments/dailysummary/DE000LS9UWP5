--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275035448cc54571" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab67e7f5bda4e2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61f32511fc364f2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb087d7424494453"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0075820e254d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61f32511fc364f2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e4410d827e436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb087d7424494453" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abraxas Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>118,680</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>