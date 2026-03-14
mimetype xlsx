--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab67e7f5bda4e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d7dc1c77f4c4ee5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb087d7424494453"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2786f58b35f24819"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e4410d827e436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb087d7424494453" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb32035598613419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2786f58b35f24819" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abraxas Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>117,606</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,507</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>117,189</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>