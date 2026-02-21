--- v0 (2026-01-16)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f041246071641c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f23a70020d423d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree0e80a374104f49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a7a8525e0894a08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd2ca0f360604245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree0e80a374104f49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ae0c50bd6149fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a7a8525e0894a08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BACK IN JAPAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>106,869</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,340</x:t>
-[...431 lines deleted...]
-          <x:t>113,384</x:t>
+          <x:t>106,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>