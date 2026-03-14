--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f23a70020d423d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra48e29a149d9489b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a7a8525e0894a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4653aa070a884cf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ae0c50bd6149fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a7a8525e0894a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6277f7519d9348cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4653aa070a884cf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BACK IN JAPAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>