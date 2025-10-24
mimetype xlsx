--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R471be76b2a734fff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06e313ea1ae34796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R507204087eca43bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a5a6ebe6a7f4845"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98a7af99e06949f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R507204087eca43bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75ed300de7e341bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a5a6ebe6a7f4845" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Primacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>126,683</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,626</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>129,296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,762</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>