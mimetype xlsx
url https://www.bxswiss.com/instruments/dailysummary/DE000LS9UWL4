--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06e313ea1ae34796" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R615b032f9c674f67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a5a6ebe6a7f4845"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51091c1e3a6c489c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75ed300de7e341bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a5a6ebe6a7f4845" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab2d3bca2c8247c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51091c1e3a6c489c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Primacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>142,162</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>