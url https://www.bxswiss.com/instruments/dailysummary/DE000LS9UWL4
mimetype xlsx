--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R615b032f9c674f67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23085317c094800" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51091c1e3a6c489c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80c570612c794d4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab2d3bca2c8247c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51091c1e3a6c489c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10d8f8161c64937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80c570612c794d4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Primacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,642</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>