--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23085317c094800" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a7536fa85a448ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80c570612c794d4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R730f78cf2eec4170"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10d8f8161c64937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80c570612c794d4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e3909734f284eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R730f78cf2eec4170" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Primacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>166,812</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>