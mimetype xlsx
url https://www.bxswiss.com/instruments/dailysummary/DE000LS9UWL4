--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a7536fa85a448ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c8be6f21a6c4348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R730f78cf2eec4170"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e754065f5d74ea6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e3909734f284eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R730f78cf2eec4170" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e31adb5121c4904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e754065f5d74ea6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Primacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>