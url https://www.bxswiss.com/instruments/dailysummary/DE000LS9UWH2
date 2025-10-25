--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf66ca6f7ec004d52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b27f17764ba4edd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d72a143151045b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27c8cafb786246cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c4a70f69fbc490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d72a143151045b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ff19181a5b4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27c8cafb786246cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks broadly diversified </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>91,989</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,812</x:t>
-[...43 lines deleted...]
-          <x:t>92,066</x:t>
+          <x:t>91,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,672</x:t>
-[...544 lines deleted...]
-          <x:t>92,641</x:t>
+          <x:t>92,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>