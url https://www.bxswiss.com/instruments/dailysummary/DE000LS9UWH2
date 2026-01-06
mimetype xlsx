--- v1 (2025-10-25)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b27f17764ba4edd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52dc5b5dda14df3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27c8cafb786246cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8c20f3adab647b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ff19181a5b4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27c8cafb786246cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f51f4fa3e784b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8c20f3adab647b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks broadly diversified </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>92,155</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,933</x:t>
-[...237 lines deleted...]
-          <x:t>92,332</x:t>
+          <x:t>92,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,102</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>92,162</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>