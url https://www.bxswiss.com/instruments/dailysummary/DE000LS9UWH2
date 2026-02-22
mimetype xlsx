--- v2 (2026-01-06)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52dc5b5dda14df3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61613ce846b04987" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8c20f3adab647b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4028d52b98a54f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f51f4fa3e784b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8c20f3adab647b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc459f727d6cf4818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4028d52b98a54f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks broadly diversified </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>92,137</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>