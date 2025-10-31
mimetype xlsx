--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10d50b3b7c534377" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf5bd231e1ea462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R610b9368a98044ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2ecbe365a2e44de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e4f51687c142e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R610b9368a98044ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dffaf0fc3954012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2ecbe365a2e44de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>