--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf5bd231e1ea462c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40319c644caa4244" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2ecbe365a2e44de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725ae05da138435d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dffaf0fc3954012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2ecbe365a2e44de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b88f1728db54c5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725ae05da138435d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>