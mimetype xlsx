--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40319c644caa4244" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6daf1eec8fe14eb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725ae05da138435d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30ad9c321634b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b88f1728db54c5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725ae05da138435d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3111780ca8c4fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30ad9c321634b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,699</x:t>
-[...306 lines deleted...]
-          <x:t>132,158</x:t>
+          <x:t>135,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>