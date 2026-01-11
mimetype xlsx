--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6daf1eec8fe14eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc69d5438f7e4480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30ad9c321634b20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc29d2fe44a334eea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3111780ca8c4fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30ad9c321634b20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05104bf8ca1c42dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc29d2fe44a334eea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>136,861</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...246 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,409</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>