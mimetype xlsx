--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc69d5438f7e4480e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda9c2365bfc4e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc29d2fe44a334eea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6535c62d198f4f3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05104bf8ca1c42dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc29d2fe44a334eea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3763042b580141ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6535c62d198f4f3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>142,046</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>