--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda9c2365bfc4e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c4f5848d7e14bc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6535c62d198f4f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53f7f88012eb49fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3763042b580141ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6535c62d198f4f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e87265d78594189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53f7f88012eb49fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>