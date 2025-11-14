--- v0 (2025-10-22)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dd2db5608c544f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5d6c14f5c343e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R496d9c00cc444e67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d08e5c801849b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ef57c67ae26423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R496d9c00cc444e67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b027ba1aba46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d08e5c801849b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20 Jahr Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>121,919</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,832</x:t>
-[...301 lines deleted...]
-          <x:t>121,296</x:t>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>