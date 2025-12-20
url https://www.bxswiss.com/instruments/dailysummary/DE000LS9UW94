--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5d6c14f5c343e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd267e08e9941f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d08e5c801849b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red31c73fa6d54b65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b027ba1aba46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d08e5c801849b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0a43b03892d4624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red31c73fa6d54b65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20 Jahr Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,510</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>