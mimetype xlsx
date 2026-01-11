--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd267e08e9941f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50340c9b4e1b467f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red31c73fa6d54b65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2f65b8a2ad84122"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0a43b03892d4624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red31c73fa6d54b65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e839e533af4921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2f65b8a2ad84122" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20 Jahr Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>122,097</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>125,505</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,906</x:t>
-[...323 lines deleted...]
-          <x:t>124,150</x:t>
+          <x:t>124,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>