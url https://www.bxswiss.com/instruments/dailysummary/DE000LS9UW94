--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50340c9b4e1b467f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re008205c17134750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2f65b8a2ad84122"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee83449ee704e81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e839e533af4921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2f65b8a2ad84122" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb1931c3f23648d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee83449ee704e81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20 Jahr Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>125,918</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>