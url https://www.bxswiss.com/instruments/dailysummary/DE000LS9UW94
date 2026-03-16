--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re008205c17134750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03fe219947c548d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee83449ee704e81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5bf850af7d64c4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb1931c3f23648d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee83449ee704e81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7ac3af09d94036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5bf850af7d64c4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20 Jahr Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>117,945</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,608</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>112,356</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>