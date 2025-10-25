--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad2a777244874f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bd55743c9d643a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R234845ea140e45b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b2b24295de64c7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c14ec1c60c94211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R234845ea140e45b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29a9fda09ff54d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b2b24295de64c7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GembaDefense</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,387</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>