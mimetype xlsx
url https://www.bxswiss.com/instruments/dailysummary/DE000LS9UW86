--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bd55743c9d643a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27285965e94f471c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b2b24295de64c7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4a534d7ff0849df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29a9fda09ff54d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b2b24295de64c7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd970b08af9934a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4a534d7ff0849df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GembaDefense</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>219,421</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>