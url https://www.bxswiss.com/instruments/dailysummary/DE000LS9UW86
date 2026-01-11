--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27285965e94f471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bed2e94e7e94d9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4a534d7ff0849df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red5065bc67c74ec4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd970b08af9934a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4a534d7ff0849df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref28ae08205b4e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red5065bc67c74ec4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GembaDefense</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>