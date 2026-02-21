--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bed2e94e7e94d9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3c96ad6e20a48e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red5065bc67c74ec4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d97e4e76e8d4253"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref28ae08205b4e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red5065bc67c74ec4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1c863ed06548a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d97e4e76e8d4253" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GembaDefense</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>218,150</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>