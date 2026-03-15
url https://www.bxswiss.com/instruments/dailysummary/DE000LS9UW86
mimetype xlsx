--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3c96ad6e20a48e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe7f879d0e914e7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d97e4e76e8d4253"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6c59fdc57a84ff5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1c863ed06548a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d97e4e76e8d4253" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re672c638a7154601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6c59fdc57a84ff5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GembaDefense</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>