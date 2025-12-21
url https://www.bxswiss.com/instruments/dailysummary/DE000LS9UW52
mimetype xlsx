--- v0 (2025-11-14)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1cbea5108b44e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe5e96f8ef247a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7712374790d14e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9426481323a94b66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ee135bfefcd4cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7712374790d14e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856c9477c33e403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9426481323a94b66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legacy Value Focus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>88,294</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>