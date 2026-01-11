--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe5e96f8ef247a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7321b46f76b498b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9426481323a94b66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R101267ed6d2d4fb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856c9477c33e403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9426481323a94b66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e3728d52f34479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R101267ed6d2d4fb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legacy Value Focus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>