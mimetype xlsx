--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7321b46f76b498b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b2f3929d04450b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R101267ed6d2d4fb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7287e6ede3d245cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e3728d52f34479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R101267ed6d2d4fb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R736c728ca3bd4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7287e6ede3d245cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legacy Value Focus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>92,610</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,514</x:t>
-[...404 lines deleted...]
-          <x:t>95,296</x:t>
+          <x:t>90,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>