--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b2f3929d04450b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d26f44642c5474e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7287e6ede3d245cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4fd132ffb5549b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R736c728ca3bd4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7287e6ede3d245cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra98a753694a14bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4fd132ffb5549b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legacy Value Focus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>