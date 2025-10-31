--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8709595a0860414e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3224fd1adf494165" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e7b132beb804fc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabfe2e60c738410e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4bb0ad844a42b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e7b132beb804fc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4838e740ed5d4b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfe2e60c738410e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Topp10Gurus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,393</x:t>
-[...31 lines deleted...]
-          <x:t>133,137</x:t>
+          <x:t>134,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...262 lines deleted...]
-          <x:t>134,857</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>