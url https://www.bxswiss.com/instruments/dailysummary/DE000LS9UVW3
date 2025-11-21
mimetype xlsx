--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3224fd1adf494165" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e21d2c7410f4d89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabfe2e60c738410e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2a59e05ea5b4dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4838e740ed5d4b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfe2e60c738410e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf42938d59e304d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2a59e05ea5b4dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Topp10Gurus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>134,557</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,929</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>134,117</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,503</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>139,553</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>