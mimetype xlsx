--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e21d2c7410f4d89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d191e71705f489d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2a59e05ea5b4dee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc667f4ca326434f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf42938d59e304d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2a59e05ea5b4dee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7ed3cbf258140d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc667f4ca326434f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Topp10Gurus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>135,414</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>133,814</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>