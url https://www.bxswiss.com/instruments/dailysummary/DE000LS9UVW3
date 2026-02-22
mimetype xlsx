--- v3 (2025-12-20)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d191e71705f489d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a19bb717494de2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc667f4ca326434f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aeb232e5d374189"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7ed3cbf258140d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc667f4ca326434f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b4bd07c3384148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aeb232e5d374189" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Topp10Gurus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>135,772</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>