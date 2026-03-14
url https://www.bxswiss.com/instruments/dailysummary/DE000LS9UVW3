--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a19bb717494de2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55ad8b3126244078" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aeb232e5d374189"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb376a24637e4d99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b4bd07c3384148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aeb232e5d374189" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7e708d5257140ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb376a24637e4d99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Topp10Gurus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>