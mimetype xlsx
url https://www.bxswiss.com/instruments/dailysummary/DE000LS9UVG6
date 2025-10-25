--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee94a4d095d40ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8fb9d71589748ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53f3a9c2dc204b88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f549d6497d4680"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33607839d2104ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53f3a9c2dc204b88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R459cd5f232c049e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f549d6497d4680" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Grand Selection 13F</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>126,538</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,789</x:t>
-[...215 lines deleted...]
-          <x:t>127,310</x:t>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,601</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>128,274</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>