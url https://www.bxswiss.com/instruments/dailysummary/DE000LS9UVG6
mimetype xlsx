--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8fb9d71589748ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8782f05bac7e4df5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f549d6497d4680"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9378df1a164a441f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R459cd5f232c049e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f549d6497d4680" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1228f756b6474da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9378df1a164a441f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Grand Selection 13F</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>128,094</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>