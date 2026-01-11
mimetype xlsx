--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8782f05bac7e4df5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re62454fd8e3b4046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9378df1a164a441f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc606a9a7a525457a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1228f756b6474da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9378df1a164a441f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cd222221f1a4dfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc606a9a7a525457a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Grand Selection 13F</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>129,644</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,454</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,875</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>