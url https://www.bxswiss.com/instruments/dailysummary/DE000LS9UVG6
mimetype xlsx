--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re62454fd8e3b4046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaad52774a614ff6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc606a9a7a525457a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b1a12877f64a89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cd222221f1a4dfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc606a9a7a525457a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf793f77299e54346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b1a12877f64a89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Grand Selection 13F</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>134,417</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>