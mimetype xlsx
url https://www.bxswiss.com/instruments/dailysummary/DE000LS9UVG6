--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaad52774a614ff6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e1753da9f34679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b1a12877f64a89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3981fac4adb4844"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf793f77299e54346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b1a12877f64a89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R049d31c08da24b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3981fac4adb4844" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Grand Selection 13F</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>