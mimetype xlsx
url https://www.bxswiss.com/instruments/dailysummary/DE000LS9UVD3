--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0693f95bff82410b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998d32f750a943b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3267709723dd4c8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda0395d793d48c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99514a1baac44e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3267709723dd4c8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0125c2a3d51443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda0395d793d48c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abraxas USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>