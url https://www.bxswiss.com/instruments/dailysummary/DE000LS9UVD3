--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998d32f750a943b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01be77919f94d1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda0395d793d48c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf89f2ff918b642ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0125c2a3d51443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda0395d793d48c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R875f094df6804490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf89f2ff918b642ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abraxas USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>119,362</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>