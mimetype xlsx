--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01be77919f94d1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R077a66033041402f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf89f2ff918b642ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7083a69de384cb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R875f094df6804490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf89f2ff918b642ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R721b899f7dc24149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7083a69de384cb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abraxas USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>122,095</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>