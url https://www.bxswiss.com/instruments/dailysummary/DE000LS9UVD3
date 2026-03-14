--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R077a66033041402f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb09034d373f1401d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7083a69de384cb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a5092097a24a49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R721b899f7dc24149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7083a69de384cb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41b356470b1d4b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a5092097a24a49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abraxas USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>131,328</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...327 lines deleted...]
-          <x:t>16.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,349</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>140,651</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>