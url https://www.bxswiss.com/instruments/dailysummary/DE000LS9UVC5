--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d476e3829f4a80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760f489d8f3141a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3993a510f2234db1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5b71471616c4b5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba47f6626ca04e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3993a510f2234db1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac59fe4dd494403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5b71471616c4b5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>146,483</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>