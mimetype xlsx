--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760f489d8f3141a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13ba9a1c59e04257" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5b71471616c4b5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03cfc2f76ed7482a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac59fe4dd494403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5b71471616c4b5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20669bf8c36741b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03cfc2f76ed7482a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>139,110</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>