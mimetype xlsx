--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13ba9a1c59e04257" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0846386a57e14032" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03cfc2f76ed7482a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4949fd89bc94a6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20669bf8c36741b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03cfc2f76ed7482a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re74bc3397cfb49c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4949fd89bc94a6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>